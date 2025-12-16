--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5863e9b0568d48bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01e8aa233dd4831" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23bc5d25307c4ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6a7db8e26e4ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cfa704655e24e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23bc5d25307c4ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383a75d917d24bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6a7db8e26e4ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. JB Barrier Reverse Convertible (70%) auf SIG Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>66,625</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,125</x:t>
-[...215 lines deleted...]
-          <x:t>46,075</x:t>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>