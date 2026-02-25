--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01e8aa233dd4831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeaf914fa1fd4092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6a7db8e26e4ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255aab95d2e04550"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383a75d917d24bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6a7db8e26e4ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccef6d6882f4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255aab95d2e04550" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. JB Barrier Reverse Convertible (70%) auf SIG Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>50,475</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...302 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>52,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>