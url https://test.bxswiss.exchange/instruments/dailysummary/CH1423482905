--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20a13eef925e49f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68b324093de406c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd29da181e7e4625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9298f487cb14d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d5bb40e54434cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd29da181e7e4625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5f62b436a94b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9298f487cb14d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.50% p.a. JB Barrier Reverse Convertible (50%) auf DocMorris AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>72,125</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>