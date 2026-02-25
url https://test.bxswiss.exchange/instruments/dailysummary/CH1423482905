--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68b324093de406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e66279f91864475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9298f487cb14d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e84686df6f4bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5f62b436a94b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9298f487cb14d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99bf365c3f844280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e84686df6f4bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.50% p.a. JB Barrier Reverse Convertible (50%) auf DocMorris AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>62,300</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,300</x:t>
-[...26 lines deleted...]
-          <x:t>64,300</x:t>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,175</x:t>
-[...259 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,725</x:t>
-[...9 lines deleted...]
-          <x:t>65,675</x:t>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>