--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0fd93df35bd44f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7531525809804b56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb73165106f412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd965b6c33c1d4de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de80430095d43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb73165106f412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d3c4df990f43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd965b6c33c1d4de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Multi Barrier Reverse Convertible on Leonteq European Equity TR Futures Decrement 3% Index, Leonteq Swiss Equity TR Futures Decrement 3% Index, Leonteq US Equity TR Futures Decrement 3% Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423924427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,890</x:t>
-[...146 lines deleted...]
-          <x:t>99,960</x:t>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,950</x:t>
-[...107 lines deleted...]
-          <x:t>100,000</x:t>
+          <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>100,480</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>