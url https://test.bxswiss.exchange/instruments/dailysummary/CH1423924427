--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7531525809804b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d628d0971914678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd965b6c33c1d4de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1e1c13591042ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d3c4df990f43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd965b6c33c1d4de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bd1e8524b34880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1e1c13591042ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Multi Barrier Reverse Convertible on Leonteq European Equity TR Futures Decrement 3% Index, Leonteq Swiss Equity TR Futures Decrement 3% Index, Leonteq US Equity TR Futures Decrement 3% Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423924427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>99,390</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,280</x:t>
-[...92 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,900</x:t>
-[...58 lines deleted...]
-          <x:t>99,830</x:t>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>100,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>