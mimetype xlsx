--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b1f2c0de366458d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1489e72ae145d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcc33e720224435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1693a1b46e0a40d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re644e43ff85f428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcc33e720224435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b402e0f71df4a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1693a1b46e0a40d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim</x:t>
+          <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423927388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,240</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,180</x:t>
-[...465 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,875</x:t>
-[...31 lines deleted...]
-          <x:t>101,475</x:t>
+          <x:t>101,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>101,960</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>