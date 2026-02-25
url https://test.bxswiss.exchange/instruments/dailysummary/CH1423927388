--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1489e72ae145d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R522a08b8dc134bb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1693a1b46e0a40d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37234a17efd54967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b402e0f71df4a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1693a1b46e0a40d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re291813667d542d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37234a17efd54967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423927388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>100,705</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,550</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,015</x:t>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,915</x:t>
-[...485 lines deleted...]
-          <x:t>101,855</x:t>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>