--- v0 (2025-12-15)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e662e40e38140a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf544b72c7c54345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4611f17e1274850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5bba73a6fee4e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343a585042ef48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4611f17e1274850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7386f7f44dd48e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5bba73a6fee4e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Mercedes-Benz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476801761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,137 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>