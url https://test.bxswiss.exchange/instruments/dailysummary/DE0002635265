--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90db45abedcb489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ebc855925747b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e578388ee2a4746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a9f2e72eb94570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65fe7c8bf58b40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e578388ee2a4746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra534dd5d33df4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a9f2e72eb94570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Pfandbriefe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0002635265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,097</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>