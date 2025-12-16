--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25fda4b89f8e4e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra148290d92e349ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de481b077684524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938f255f40634d92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71196bf94ee4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de481b077684524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d63abb5bda4a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938f255f40634d92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Core DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0005933931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,703</x:t>
-[...171 lines deleted...]
-          <x:t>187,336</x:t>
+          <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>