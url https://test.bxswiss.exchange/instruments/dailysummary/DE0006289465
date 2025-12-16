--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c37e3552cd4e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458d763c890c41bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbdab2f9a664466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4eeead339c4ad1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd91381db83bf4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbdab2f9a664466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6180edd30242cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4eeead339c4ad1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) eb.rexx Government Germany UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>116,251</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>116,736</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>15.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,688</x:t>
-[...333 lines deleted...]
-          <x:t>116,799</x:t>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>