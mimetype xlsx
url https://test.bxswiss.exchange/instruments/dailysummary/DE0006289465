--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458d763c890c41bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bca5dad069e4294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4eeead339c4ad1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2749b99fa6e24698"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6180edd30242cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4eeead339c4ad1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df3de5a051845bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2749b99fa6e24698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) eb.rexx Government Germany UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE0006289465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>