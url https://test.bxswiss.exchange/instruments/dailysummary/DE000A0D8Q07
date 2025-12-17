--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2bef75b6fbc4bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6152d47e1242ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b930d204b1c4989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2963e3e49e1347f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694416716ea44ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b930d204b1c4989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c6624ed9474181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2963e3e49e1347f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) EURO STOXX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0D8Q07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>55,143</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>