--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb08aff9b564bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde704e79b9094080" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R916d2f47fa404c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad042838ad94fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7bad3fb52348b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R916d2f47fa404c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re550b283bce347cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad042838ad94fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Dow Jones Eurozone Sustainability Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>20,685</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>20,711</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>