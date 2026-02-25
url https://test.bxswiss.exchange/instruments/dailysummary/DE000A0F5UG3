--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde704e79b9094080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b70dd0da4934d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad042838ad94fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7568d7ca5842c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re550b283bce347cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad042838ad94fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59f74b6ad144dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7568d7ca5842c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) Dow Jones Eurozone Sustainability Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0F5UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>21,283</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,047</x:t>
-[...502 lines deleted...]
-          <x:t>21,244</x:t>
+          <x:t>21,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>21,527</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>