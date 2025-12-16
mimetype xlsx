--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0fba66da2ab4ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racd2e665cd074222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race74b2f1e104309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db3abd8d3a64ea3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405582d73c964b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race74b2f1e104309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eeebbb07620441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db3abd8d3a64ea3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Chemicals UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>113,534</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>