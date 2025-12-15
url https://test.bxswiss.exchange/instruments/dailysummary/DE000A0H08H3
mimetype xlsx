--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6409c934534973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4c3ccbd10e4a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e1a375ae02a4959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d7200d5e484767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f05236a68c4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e1a375ae02a4959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995ecfd5e98b4358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d7200d5e484767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Food &amp; Beverage UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08H3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>62,351</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,013</x:t>
-[...544 lines deleted...]
-          <x:t>59,751</x:t>
+          <x:t>62,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>