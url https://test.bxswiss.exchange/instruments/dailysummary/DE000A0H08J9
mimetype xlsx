--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd38319b74147b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf056586992944e7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd95a27ce67a645fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf42b552c3b474540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9226096f5c6f4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd95a27ce67a645fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1853b7f0dee48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf42b552c3b474540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Industrial Goods &amp; Services UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>106,033</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,610</x:t>
-[...215 lines deleted...]
-          <x:t>107,391</x:t>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>