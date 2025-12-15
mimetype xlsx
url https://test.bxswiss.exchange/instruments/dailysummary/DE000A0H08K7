--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca236641ffe94bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a257b6ffbf460f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfeaade5d20e49ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc11c6193a14259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc9a235881f4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfeaade5d20e49ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ef1ab7f17348b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc11c6193a14259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF Dist</x:t>
+          <x:t>iShares (DE) STOXX Europe 600 Insurance UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>45,814</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>