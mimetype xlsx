--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee8505216ff438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45562feaa3e4cea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re568b61673474d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2ffa99a2d524394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7818d4df60d44f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re568b61673474d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc362b37fce4462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2ffa99a2d524394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares (DE) STOXX Europe 600 Personal &amp; Household Goods UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A0H08N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>96,732</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>