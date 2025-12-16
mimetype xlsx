--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R929b40e06d2c484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e633d07cd140d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R400cd08e1bf74e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2caf53af630341b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c2bc2ed585a4d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R400cd08e1bf74e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd93ff40a6a49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2caf53af630341b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>DB ETC PLC Physical Gold ETP EUR Hedged</x:t>
+          <x:t>Xtrackers Physical Gold EUR Hedged ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A1EK0G3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>208,842</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>