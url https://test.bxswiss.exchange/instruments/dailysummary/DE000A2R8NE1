--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a2d3f3b4214dba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79f11b8429a34c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30dd00fff4b24d53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11976ec1c3304ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re56d83ff36dd4008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30dd00fff4b24d53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10aa102e2d14a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11976ec1c3304ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vonovia Finance 39</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A2R8NE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,325</x:t>
-[...70 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,240</x:t>
-[...26 lines deleted...]
-          <x:t>72,645</x:t>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,505</x:t>
-[...485 lines deleted...]
-          <x:t>72,685</x:t>
+          <x:t>72,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>