--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada1ddf911f84c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38381662f01f43f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1983b726aad84b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R116f2ab34e2a478d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1308575826b4faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1983b726aad84b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cc06c3684274a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R116f2ab34e2a478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Iconic Funds Physical Bitcoin ETP</x:t>
+          <x:t>DDA Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GK2N1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>8,635</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>