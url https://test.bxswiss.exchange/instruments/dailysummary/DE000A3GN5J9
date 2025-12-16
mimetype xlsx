--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554cfa6ee2474b81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5588ce91259a4f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree4627d991434481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2625f7a8bd54aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re509a69af5194a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree4627d991434481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7429a419bcbe46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2625f7a8bd54aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>ETC Group Physical Litecoin ETP</x:t>
+          <x:t>Bitwise Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A3GN5J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>8,117</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>