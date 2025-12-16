--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e69880071fd412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7306f507bfc34c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0572d95565204159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd795fd236d145e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a747ba2dee94024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0572d95565204159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3959fea6b549a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd795fd236d145e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitwise Aptos Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000A4AJWU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,807</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>