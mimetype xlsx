--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004cac39bd034bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51438f3c554444d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R517d116fd2c24f5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913f1ff564f04364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3adf542511094b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R517d116fd2c24f5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3d400092ed64ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913f1ff564f04364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SGS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>122,065</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>125,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>