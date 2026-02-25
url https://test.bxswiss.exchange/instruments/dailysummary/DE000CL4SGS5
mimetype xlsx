--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51438f3c554444d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e083432f68040f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913f1ff564f04364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46f2fb9ddb754174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3d400092ed64ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913f1ff564f04364" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fd433f9bab644b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46f2fb9ddb754174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SGS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>123,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>125,655</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>