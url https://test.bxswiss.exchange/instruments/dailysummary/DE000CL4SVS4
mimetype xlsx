--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R508b18a2b9c04169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630d9ba79ef54692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01779c3e94714f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c2d0f6389f4fc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e42d576778b498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01779c3e94714f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00fdc798409142d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c2d0f6389f4fc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SVS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>25,165</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>