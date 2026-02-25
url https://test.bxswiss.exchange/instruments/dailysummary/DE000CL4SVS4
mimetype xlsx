--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630d9ba79ef54692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0512a4476e14179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c2d0f6389f4fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e052084b6864e45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00fdc798409142d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c2d0f6389f4fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bfa9430e8454ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e052084b6864e45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL4SVS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>