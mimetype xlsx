--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaaeda13eb0549a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062d00e87d0a485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf257932c0194427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc86fea377143c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf823415cc834536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf257932c0194427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f8bc2bb106434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc86fea377143c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL87DM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>44,590</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,985</x:t>
-[...129 lines deleted...]
-          <x:t>44,185</x:t>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>45,580</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>