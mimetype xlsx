--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062d00e87d0a485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfbf7bdc51be45da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc86fea377143c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe0e0062bf142e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f8bc2bb106434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc86fea377143c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3d54b079d2485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe0e0062bf142e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CL87DM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>41,535</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,265</x:t>
-[...92 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>45,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,585</x:t>
-[...183 lines deleted...]
-          <x:t>46,265</x:t>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,875</x:t>
-[...112 lines deleted...]
-          <x:t>50,775</x:t>
+          <x:t>46,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>