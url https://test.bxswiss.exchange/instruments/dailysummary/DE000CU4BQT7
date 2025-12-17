--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d33cc5607b487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R466c2a7bc1ba486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e5dd6f71844afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8360c8c63d664960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5a4620f3bf475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e5dd6f71844afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fce6664e7bd4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8360c8c63d664960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4BQT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>0,754</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,712</x:t>
-[...139 lines deleted...]
-          <x:t>0,743</x:t>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>