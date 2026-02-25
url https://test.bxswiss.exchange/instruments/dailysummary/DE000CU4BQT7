--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R466c2a7bc1ba486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c673375af14ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8360c8c63d664960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4348ca7ff7574c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fce6664e7bd4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8360c8c63d664960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd639aac448494409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4348ca7ff7574c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4BQT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,841</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,817</x:t>
-[...571 lines deleted...]
-          <x:t>0,802</x:t>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>