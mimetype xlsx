--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f149c8677a4879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ade051d2e94f44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb970102bd0cc4809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d872f0da93402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab35d417aa34fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb970102bd0cc4809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa67627dbe354584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d872f0da93402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,785</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>