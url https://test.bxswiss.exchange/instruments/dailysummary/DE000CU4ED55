--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ade051d2e94f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red39cf3fc3314f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d872f0da93402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7585311c00184eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa67627dbe354584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d872f0da93402b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R973461211ffe44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7585311c00184eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4ED55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>