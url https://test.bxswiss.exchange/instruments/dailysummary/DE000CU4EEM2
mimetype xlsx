--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468dce5825f44ca6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850e9e2985504cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d6d7211dd3247ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12225a8eeb4e45c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391fa8332fcf4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d6d7211dd3247ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd8ab55243f45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12225a8eeb4e45c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EEM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>157,035</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>