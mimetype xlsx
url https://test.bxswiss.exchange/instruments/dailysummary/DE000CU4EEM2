--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850e9e2985504cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d0bb12248434c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12225a8eeb4e45c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c8c465bb274999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd8ab55243f45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12225a8eeb4e45c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08397687a1b4411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c8c465bb274999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000CU4EEM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>