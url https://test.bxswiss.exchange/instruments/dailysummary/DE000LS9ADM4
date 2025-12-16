--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5f02b14b644bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a68bb2fa8144c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e9282e2023435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6984d214824495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807f3a8434dd4bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e9282e2023435d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e43286a57044d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6984d214824495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ADM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>313,350</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>