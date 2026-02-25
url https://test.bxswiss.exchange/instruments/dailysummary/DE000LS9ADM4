--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a68bb2fa8144c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2987f487b2b46fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6984d214824495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff9272528e641a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e43286a57044d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6984d214824495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95fa49467369468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff9272528e641a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ADM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>