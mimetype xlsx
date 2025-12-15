--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402175f910864d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9190e3393b714cb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db6e53db74a46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1f8f98336044f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc0101f4049a4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db6e53db74a46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7f0d21ab06a4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1f8f98336044f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen vs. Risiken - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AEZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>160,725</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>