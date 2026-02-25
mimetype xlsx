--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9190e3393b714cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5932d20a3dd46db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1f8f98336044f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3791a195d7f74cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7f0d21ab06a4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1f8f98336044f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe28672b8d9d4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3791a195d7f74cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen vs. Risiken - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AEZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>141,789</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,170</x:t>
-[...431 lines deleted...]
-          <x:t>141,177</x:t>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>