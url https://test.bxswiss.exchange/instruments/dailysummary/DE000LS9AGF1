--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab14f8650cbd4a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra72d2aa86c094493" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb4c8a62c5c4efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ebaf2aed5d94bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8d5becb56d4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb4c8a62c5c4efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba7ca827ea5487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ebaf2aed5d94bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale trendstarke Topaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>349,785</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>