--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra72d2aa86c094493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f847291063b42cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ebaf2aed5d94bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda67dc4dfffb435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba7ca827ea5487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ebaf2aed5d94bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eea16c2001f489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda67dc4dfffb435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale trendstarke Topaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>