--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea14039ca394a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a6ba55ebb944b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94d76f006cb24184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R712380f7334c4af5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a4f8ef78644a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94d76f006cb24184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a975a39eed45b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R712380f7334c4af5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Marken-Aktien &amp; Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AGH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>268,531</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>265,749</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>