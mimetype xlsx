--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1871794ef4864816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a01b973fc204eab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref01f18ba2434bfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba40a80e35804a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59a6e27fa6a345d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref01f18ba2434bfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d3a057ef9b4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba40a80e35804a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF-Werte des ICAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>288,375</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,306</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>297,403</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>