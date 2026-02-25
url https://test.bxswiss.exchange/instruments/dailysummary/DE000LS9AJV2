--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a01b973fc204eab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe3444f4e30494e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba40a80e35804a27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb143672929c48fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d3a057ef9b4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba40a80e35804a27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2001ca87e96b4c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb143672929c48fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETF-Werte des ICAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AJV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>