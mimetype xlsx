--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3299d98e0f83406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78dee147e5914216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5d26f2f265b4f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbedb8369b68a4e93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d86a901162b4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5d26f2f265b4f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6665ac1647f4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbedb8369b68a4e93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>286,690</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>