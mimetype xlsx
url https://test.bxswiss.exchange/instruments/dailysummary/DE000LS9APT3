--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8367986d3040429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cab0e1af34a44a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bca086db8174e0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c251e936396444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ccf9cbd75cb4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bca086db8174e0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56d7cbae1c2a4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c251e936396444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9APT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>302,457</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>