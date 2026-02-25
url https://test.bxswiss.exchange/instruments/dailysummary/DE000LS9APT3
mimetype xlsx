--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cab0e1af34a44a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad818524f3d4693" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c251e936396444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ea1227fc82465f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56d7cbae1c2a4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c251e936396444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab7088867084b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ea1227fc82465f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9APT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>