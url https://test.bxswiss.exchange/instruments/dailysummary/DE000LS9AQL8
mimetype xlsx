--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e23f4b4d9444c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re787f874a8244066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df9498a81b548e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc979ca86dd4c3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91aad11a4f7841e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df9498a81b548e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4a986e1a134886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc979ca86dd4c3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>150,752</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>