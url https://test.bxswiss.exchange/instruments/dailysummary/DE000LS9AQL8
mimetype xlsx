--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re787f874a8244066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fae79fa85d9421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cc979ca86dd4c3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32ce43ddf4cd4ebc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4a986e1a134886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cc979ca86dd4c3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e4d0e0f3c142e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32ce43ddf4cd4ebc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>