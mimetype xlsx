--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80331bc0c7b475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b61da2edfbf42f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb6c617d0a346d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23f14c77805e4dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re268e2663b124d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb6c617d0a346d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c32bfbcfe448b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23f14c77805e4dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Chancen Mittelfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ARP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>214,257</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>