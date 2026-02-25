--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b61da2edfbf42f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04604ad81c844beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23f14c77805e4dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cab8d55868a49e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c32bfbcfe448b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23f14c77805e4dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa7edd567d34eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cab8d55868a49e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Chancen Mittelfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ARP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>184,140</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,470</x:t>
-[...382 lines deleted...]
-          <x:t>188,753</x:t>
+          <x:t>187,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>