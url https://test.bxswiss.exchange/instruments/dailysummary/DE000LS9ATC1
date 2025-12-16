--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc35bb0625cfd414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0d4e2f31b84a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab25b6d6b45476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04aa320c669c4a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383b697c7cee48aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab25b6d6b45476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6616bdc0d2bf464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04aa320c669c4a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,593</x:t>
-[...205 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,249</x:t>
-[...279 lines deleted...]
-          <x:t>120,206</x:t>
+          <x:t>121,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>