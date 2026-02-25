--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0d4e2f31b84a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a623e95a4448c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04aa320c669c4a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a203d37c5db47fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6616bdc0d2bf464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04aa320c669c4a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60f9dbf439a4d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a203d37c5db47fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>121,737</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>