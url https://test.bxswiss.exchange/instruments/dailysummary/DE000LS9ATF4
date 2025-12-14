--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1993f1a8b6b64501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde39f1cd51e547e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209b6737dddf48a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f364b59e91d45e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25aded4c0e184a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209b6737dddf48a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3ff0d21cea4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f364b59e91d45e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steigende Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ATF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>265,674</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>