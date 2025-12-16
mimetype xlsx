--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2d7657a970472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ebcd9198f614dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58fd884b16c0474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39fd8f8abcbb4a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R431e3f4ea3614614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58fd884b16c0474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1073c76319634d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39fd8f8abcbb4a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.901,068</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>