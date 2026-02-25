--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ebcd9198f614dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c7b39b2bf14a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39fd8f8abcbb4a2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R765d7a0e72ac46d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1073c76319634d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39fd8f8abcbb4a2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a87ed4211f4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R765d7a0e72ac46d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AUL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.860,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.880,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.858,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.879,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>