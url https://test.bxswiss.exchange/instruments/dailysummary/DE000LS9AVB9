--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422f0c07ca15493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462f9ee6744142f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75726b06e32d49a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d13744579b474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bfa5551c2cb4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75726b06e32d49a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f408bfddf1422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d13744579b474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe und Dividendenerhöhungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>198,249</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>