--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462f9ee6744142f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd8e50710594392" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d13744579b474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5960bd1eab4ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f408bfddf1422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d13744579b474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recd9e31dad834a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5960bd1eab4ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe und Dividendenerhöhungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>