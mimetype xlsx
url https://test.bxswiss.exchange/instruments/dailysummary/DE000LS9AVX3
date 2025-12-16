--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776bc2cdd7a54b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb02bf51704b42b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669faf76b1c24e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9247625a07c4664"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf3f868acac84931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669faf76b1c24e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56c75a03baa14334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9247625a07c4664" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>4.000,551</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.592,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.661,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.543,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.657,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.670,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.696,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.643,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.676,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.610,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.682,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.608,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.642,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.651,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.669,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.594,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.619,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.656,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.692,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.618,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.618,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.488,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.530,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.444,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.502,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.524,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.574,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.503,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.569,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.583,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.600,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.559,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.589,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.620,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.630,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.594,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.598,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.622,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.625,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.609,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.617,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.624,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.634,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.608,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.611,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.590,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.623,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.583,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.603,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.679,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.680,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.655,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.657,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.685,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.701,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.660,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.689,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.696,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.696,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.661,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.677,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.699,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.717,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.697,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.711,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.731,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.706,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.718,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.719,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.764,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.757,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.757,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.757,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.728,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.704,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.715,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.736,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.756,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.713,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.723,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.742,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.756,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.725,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.739,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>