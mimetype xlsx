--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb02bf51704b42b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce08390636b480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9247625a07c4664"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6bce210f5f34891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56c75a03baa14334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9247625a07c4664" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5b9f3c10adc4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6bce210f5f34891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AVX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.742,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.756,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.725,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.739,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.695,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.646,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.653,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.715,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.720,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.667,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.677,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.670,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.709,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.662,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.707,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.734,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.732,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.743,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.744,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.714,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.733,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.713,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.722,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.707,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.679,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.977,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.977,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.705,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.727,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.811,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.815,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.792,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.803,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.830,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.839,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.804,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.808,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.839,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.878,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.823,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.876,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.909,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.910,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.865,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.898,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.912,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.963,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.906,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.942,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.948,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.968,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.935,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.948,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.955,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.973,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.944,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.968,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.978,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.996,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.969,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.988,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>