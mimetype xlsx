--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84480ab7fe4c4cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca85eb1154b04ee2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R732ba88caf9245a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e23aa3c2084e31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60bf4f05837f4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R732ba88caf9245a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64c190a38014ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e23aa3c2084e31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>184,249</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>