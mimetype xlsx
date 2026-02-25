--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca85eb1154b04ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra223e118ac9e4225" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e23aa3c2084e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R411db898a5e74e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64c190a38014ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e23aa3c2084e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radef0da17f2c49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R411db898a5e74e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>175,825</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,755</x:t>
-[...382 lines deleted...]
-          <x:t>175,641</x:t>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>