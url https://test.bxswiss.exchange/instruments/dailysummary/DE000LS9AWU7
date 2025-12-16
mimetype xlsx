--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2edd1520714116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6475bd8cfdb45b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8b53dfadb041a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf666d3815841a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228fe58cab4e4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8b53dfadb041a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5003c4c8e11848b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf666d3815841a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuemine B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,809</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>