--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6475bd8cfdb45b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706e95060e1b4591" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf666d3815841a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb8e754764f45e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5003c4c8e11848b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf666d3815841a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071b57def4d640d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb8e754764f45e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuemine B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AWU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>167,607</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,786</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>168,251</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>