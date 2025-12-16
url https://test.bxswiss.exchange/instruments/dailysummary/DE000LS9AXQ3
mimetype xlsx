--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3785daab589f4235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7964434a9aa41f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8c4087d2e6845de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13996d2171e5442d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d56a2875c5243b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8c4087d2e6845de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1b0891c758b49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13996d2171e5442d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>210,751</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>