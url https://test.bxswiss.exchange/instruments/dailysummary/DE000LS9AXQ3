--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7964434a9aa41f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30714eba7df34737" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13996d2171e5442d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39d8145945994a12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1b0891c758b49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13996d2171e5442d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c5ef79ee154958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39d8145945994a12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stroh zu Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AXQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>