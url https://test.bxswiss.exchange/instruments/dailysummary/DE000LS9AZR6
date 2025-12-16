--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3be57e74e63142d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfc300f57eb34153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc9a30f73984a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b57806b50bc4977"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2518cdaa7d4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc9a30f73984a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6394bc5e6a4a41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b57806b50bc4977" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Globales Dividenden Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9AZR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>231,703</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>