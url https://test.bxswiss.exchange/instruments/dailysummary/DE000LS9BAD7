--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re943f971d92c4729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa6aa30f7ef4574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2241a6adf4704338"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f8cb8d1f04c4ec5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5659645039884928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2241a6adf4704338" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0777e911b444abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f8cb8d1f04c4ec5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Triple A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>345,242</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>