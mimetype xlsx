--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa6aa30f7ef4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae566665c511424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f8cb8d1f04c4ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbedc2b7fa23a4ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0777e911b444abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f8cb8d1f04c4ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R868857fdd5e94283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbedc2b7fa23a4ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Triple A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>395,210</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>391,050</x:t>
-[...220 lines deleted...]
-          <x:t>394,378</x:t>
+          <x:t>396,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>