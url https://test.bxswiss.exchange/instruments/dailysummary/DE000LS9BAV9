--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86640448de4747f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5c6858bff1463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d4cc31296844b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24efdba9266b4cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9b2e1932684bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d4cc31296844b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b492dea30e467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24efdba9266b4cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>In starke Marken investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>196,027</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>