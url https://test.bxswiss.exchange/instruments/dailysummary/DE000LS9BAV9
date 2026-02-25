--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5c6858bff1463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ee69d3698e494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24efdba9266b4cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d0a4f24fb714f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b492dea30e467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24efdba9266b4cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b15336dddcd437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d0a4f24fb714f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>In starke Marken investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BAV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>