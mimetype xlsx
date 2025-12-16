--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R508e9f34536643f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2ae9afd9224e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31ac494d1ac646f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218d35cb308e4b29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6974f983e447a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31ac494d1ac646f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90654944879e4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218d35cb308e4b29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,379</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>