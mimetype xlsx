--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2ae9afd9224e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aadb62d1e8143b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218d35cb308e4b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fab74b5c47d413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90654944879e4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218d35cb308e4b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d00ef9c917a42fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fab74b5c47d413e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börse Online Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>184,500</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,649</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>185,829</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>