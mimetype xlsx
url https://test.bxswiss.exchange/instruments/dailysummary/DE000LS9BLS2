--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf29e0608d64dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810fc1f109bc47d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15afd0487d1c46b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ff1cb33ce441ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34400aa40278461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15afd0487d1c46b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf0b71cf4c8c48f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ff1cb33ce441ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>debull`s Dickschiffe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>228,405</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>