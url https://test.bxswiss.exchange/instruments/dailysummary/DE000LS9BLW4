--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b901a0ce9064adf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1bad699fdd442a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1adcfc8b5ed74171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a03c5b59d534bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1afb9ce07c24f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1adcfc8b5ed74171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R039c0d2acbbe4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a03c5b59d534bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien: Internet / E-Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>374,277</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>