--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1bad699fdd442a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6355a4ed286946e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a03c5b59d534bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d2e18292af0482c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R039c0d2acbbe4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a03c5b59d534bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70d14544f5049d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d2e18292af0482c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien: Internet / E-Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>