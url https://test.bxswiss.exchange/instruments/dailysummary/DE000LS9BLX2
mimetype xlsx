--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0574feec6abf4542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd53a731b7fe74a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7963a3c3fee14b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b3810c92484a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c70e2f5818e4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7963a3c3fee14b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656e5441c0684bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b3810c92484a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>buy low - sell high</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9BLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>352,317</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>